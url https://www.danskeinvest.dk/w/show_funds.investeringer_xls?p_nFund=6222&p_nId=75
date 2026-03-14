--- v0 (2026-01-09)
+++ v1 (2026-03-14)
@@ -51,1998 +51,1998 @@
   <si>
     <t xml:space="preserve">Valuta</t>
   </si>
   <si>
     <t xml:space="preserve">Land</t>
   </si>
   <si>
     <t xml:space="preserve">%</t>
   </si>
   <si>
     <t xml:space="preserve">Royal Bank of Canada</t>
   </si>
   <si>
     <t xml:space="preserve">CA7800871021</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">CAD</t>
   </si>
   <si>
     <t xml:space="preserve">Canada </t>
   </si>
   <si>
+    <t xml:space="preserve">Agnico Eagle Mines Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA0084741085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Toronto-Dominion Bank/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA8911605092</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
     <t xml:space="preserve">Shopify Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">CA82509L1076</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">CAD</t>
   </si>
   <si>
     <t xml:space="preserve">Canada </t>
   </si>
   <si>
-    <t xml:space="preserve">Agnico Eagle Mines Ltd.</t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">Commonwealth Bank of Australia</t>
   </si>
   <si>
     <t xml:space="preserve">AU000000CBA7</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">AUD</t>
   </si>
   <si>
     <t xml:space="preserve">Australien </t>
   </si>
   <si>
-    <t xml:space="preserve">Toronto-Dominion Bank/The</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">CA8911605092</t>
+    <t xml:space="preserve">Wheaton Precious Metals Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA9628791027</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">CAD</t>
   </si>
   <si>
     <t xml:space="preserve">Canada </t>
   </si>
   <si>
     <t xml:space="preserve">AIA Group Ltd.</t>
   </si>
   <si>
     <t xml:space="preserve">HK0000069689</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">HKD</t>
   </si>
   <si>
     <t xml:space="preserve">Hongkong </t>
   </si>
   <si>
-    <t xml:space="preserve">Wheaton Precious Metals Corp.</t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">Wesfarmers Ltd.</t>
   </si>
   <si>
     <t xml:space="preserve">AU000000WES1</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">AUD</t>
   </si>
   <si>
     <t xml:space="preserve">Australien </t>
   </si>
   <si>
     <t xml:space="preserve">Bank of Montreal</t>
   </si>
   <si>
     <t xml:space="preserve">CA0636711016</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">CAD</t>
   </si>
   <si>
     <t xml:space="preserve">Canada </t>
   </si>
   <si>
+    <t xml:space="preserve">Bank of Nova Scotia/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA0641491075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Goodman Group (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000GMG2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canadian Imperial Bank of Commerce</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA1360691010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Westpac Banking Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000WBC1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">National Australia Bank Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000NAB4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dollarama Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA25675T1075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Manulife Financial Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA56501R1064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DBS Group Holdings Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SG1L01001701</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Transurban Group</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000TCL6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
     <t xml:space="preserve">Sea Ltd. A (ADR)</t>
   </si>
   <si>
     <t xml:space="preserve">US81141R1005</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
-    <t xml:space="preserve">Bank of Nova Scotia/The</t>
-[...32 lines deleted...]
-    <t xml:space="preserve">AU000000GMG2</t>
+    <t xml:space="preserve">ANZ Group Holdings Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000ANZ3</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">AUD</t>
   </si>
   <si>
     <t xml:space="preserve">Australien </t>
   </si>
   <si>
-    <t xml:space="preserve">Canadian Imperial Bank of Commerce</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">AU000000WBC1</t>
+    <t xml:space="preserve">Hydro One Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA4488112083</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong Exchanges &amp; Clearing Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0388045442</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hongkong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kinross Gold Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA4969024047</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WSP Global Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA92938W2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CSL Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000CSL8</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">AUD</t>
   </si>
   <si>
     <t xml:space="preserve">Australien </t>
   </si>
   <si>
-    <t xml:space="preserve">Transurban Group</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">AU000000TCL6</t>
+    <t xml:space="preserve">Macquarie Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000MQG1</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">AUD</t>
   </si>
   <si>
     <t xml:space="preserve">Australien </t>
   </si>
   <si>
-    <t xml:space="preserve">National Australia Bank Ltd.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">AU000000NAB4</t>
+    <t xml:space="preserve">Celestica Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA15101Q2071</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Loblaw Cos Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA5394811015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Woolworths Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000WOW2</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">AUD</t>
   </si>
   <si>
     <t xml:space="preserve">Australien </t>
   </si>
   <si>
-    <t xml:space="preserve">Manulife Financial Corp.</t>
-[...32 lines deleted...]
-    <t xml:space="preserve">SG1L01001701</t>
+    <t xml:space="preserve">Sun Hung Kai Properties Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0016000132</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hongkong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oversea-Chinese Banking Corp. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SG1S04926220</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">SGD</t>
   </si>
   <si>
     <t xml:space="preserve">Singapore </t>
   </si>
   <si>
-    <t xml:space="preserve">Celestica Inc.</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">HK0388045442</t>
+    <t xml:space="preserve">Sun Life Financial Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA8667961053</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">National Bank of Canada</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA6330671034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Constellation Software Inc/Canada</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA21037X1006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MTR Corp. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0066009694</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">HKD</t>
   </si>
   <si>
     <t xml:space="preserve">Hongkong </t>
   </si>
   <si>
-    <t xml:space="preserve">ANZ Group Holdings Ltd.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">AU000000ANZ3</t>
+    <t xml:space="preserve">Fairfax Financial Holdings Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA3039011026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Northern Star Resources Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000NST8</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">AUD</t>
   </si>
   <si>
     <t xml:space="preserve">Australien </t>
   </si>
   <si>
-    <t xml:space="preserve">Kinross Gold Corp.</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">AU000000CSL8</t>
+    <t xml:space="preserve">Intact Financial Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA45823T1066</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Coles Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU0000030678</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">AUD</t>
   </si>
   <si>
     <t xml:space="preserve">Australien </t>
   </si>
   <si>
-    <t xml:space="preserve">WSP Global Inc.</t>
-[...47 lines deleted...]
-    <t xml:space="preserve">AU000000MQG1</t>
+    <t xml:space="preserve">Metro Inc/CN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA59162N1096</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Techtronic Industries Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0669013440</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hongkong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Scentre Group (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000SCG8</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">AUD</t>
   </si>
   <si>
     <t xml:space="preserve">Australien </t>
   </si>
   <si>
-    <t xml:space="preserve">Woolworths Group Ltd.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">AU000000WOW2</t>
+    <t xml:space="preserve">Power Corp. of Canada</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA7392391016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Evolution Mining Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000EVN4</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">AUD</t>
   </si>
   <si>
     <t xml:space="preserve">Australien </t>
   </si>
   <si>
-    <t xml:space="preserve">National Bank of Canada</t>
-[...47 lines deleted...]
-    <t xml:space="preserve">SG1S04926220</t>
+    <t xml:space="preserve">George Weston Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA9611485090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Overseas Bank Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SG1M31001969</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">SGD</t>
   </si>
   <si>
     <t xml:space="preserve">Singapore </t>
   </si>
   <si>
-    <t xml:space="preserve">Sun Life Financial Inc.</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">HK0016000132</t>
+    <t xml:space="preserve">Restaurant Brands International Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA76131D1033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CapitaLand Integrated Commercial Trust (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SG1M51904654</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CGI Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA12532H1047</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Meridian Energy Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NZMELE0002S7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NZD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">New Zealand </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CapitaLand Ascendas REIT (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SG1M77906915</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Keppel Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SG1U68934629</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Link REIT (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0823032773</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">HKD</t>
   </si>
   <si>
     <t xml:space="preserve">Hongkong </t>
   </si>
   <si>
-    <t xml:space="preserve">Metro Inc/CN</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">HK0066009694</t>
+    <t xml:space="preserve">Cameco Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA13321L1085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brookfield Renewable Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA11285B1085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore Telecommunications Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SG1T75931496</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stantec Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA85472N1096</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore Airlines Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SG1V61937297</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AtkinsRealis Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA04764T1049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CK Asset Holdings Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KYG2177B1014</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">HKD</t>
   </si>
   <si>
     <t xml:space="preserve">Hongkong </t>
   </si>
   <si>
-    <t xml:space="preserve">Coles Group Ltd.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">AU0000030678</t>
+    <t xml:space="preserve">Cochlear Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000COH5</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">AUD</t>
   </si>
   <si>
     <t xml:space="preserve">Australien </t>
   </si>
   <si>
-    <t xml:space="preserve">Power Corp. of Canada</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">AU000000NST8</t>
+    <t xml:space="preserve">Brookfield Asset Management Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA1130041058</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GFL Environmental Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA36168Q1046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TFI International Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA87241L1094</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RB Global Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA74935Q1072</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brambles Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000BXB1</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">AUD</t>
   </si>
   <si>
     <t xml:space="preserve">Australien </t>
   </si>
   <si>
-    <t xml:space="preserve">Restaurant Brands International Inc.</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">SG1M51904654</t>
+    <t xml:space="preserve">Sigma Healthcare Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000SIG5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">QBE Insurance Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000QBE9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Auckland International Airport Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NZAIAE0002S6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NZD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">New Zealand </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CCL Industries Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA1249003098</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Thomson Reuters Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA8849038085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Grab Holdings Ltd. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KYG4124C1096</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stockland (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000SGP0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ivanhoe Mines Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA46579R1047</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOC Hong Kong Holdings Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK2388011192</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hongkong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Great-West Lifeco Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA39138C1068</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Element Fleet Management Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA2861812014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Suncorp Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000SUN6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rogers Communications Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA7751092007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hongkong Land Holdings Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BMG4587L1090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lundin Mining Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA5503721063</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lundin Gold Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA5503711080</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vicinity Ltd. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000VCX7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TMX Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA87262K1057</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FirstService Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA33767E2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sino Land Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0083000502</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hongkong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Toromont Industries Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA8911021050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TELUS Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA87971M9969</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wharf Real Estate Investment Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KYG9593A1040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hongkong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nutrien Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA67077M1086</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Computershare Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000CPU5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">iA Financial Corp. Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA45075E1043</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CapitaLand Investment Ltd/Singapore</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGXE62145532</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">SGD</t>
   </si>
   <si>
     <t xml:space="preserve">Singapore </t>
   </si>
   <si>
-    <t xml:space="preserve">George Weston Ltd.</t>
-[...32 lines deleted...]
-    <t xml:space="preserve">AU000000SCG8</t>
+    <t xml:space="preserve">Descartes Systems Group Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA2499061083</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Empire Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA2918434077</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gildan Activewear Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA3759161035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IGM Financial Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA4495861060</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insurance Australia Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000IAG3</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">AUD</t>
   </si>
   <si>
     <t xml:space="preserve">Australien </t>
   </si>
   <si>
-    <t xml:space="preserve">Techtronic Industries Co. Ltd.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">HK0669013440</t>
+    <t xml:space="preserve">Singapore Exchange Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SG1J26887955</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SITC International Holdings Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KYG8187G1055</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">HKD</t>
   </si>
   <si>
     <t xml:space="preserve">Hongkong </t>
   </si>
   <si>
-    <t xml:space="preserve">CapitaLand Ascendas REIT (REIT)</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">SG1M77906915</t>
+    <t xml:space="preserve">HKT Trust &amp; HKT Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0000093390</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hongkong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BCE Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA05534B7604</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Open Text Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA6837151068</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Futu Holdings Ltd. A (ADR)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US36118L1061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Teck Resources Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA8787422044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGH Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU0000364754</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REA Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000REA9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sonic Healthcare Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000SHL7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WiseTech Global Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000WTC3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Telstra Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000TLS2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASX Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000ASX7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Xero Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NZXROE0001S2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fisher &amp; Paykel Healthcare Corp. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NZFAPE0001S2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NZD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">New Zealand </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pro Medicus Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000PME8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wharf Holdings Ltd/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0004000045</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hongkong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Infratil Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NZIFTE0003S3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NZD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">New Zealand </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rio Tinto Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000RIO1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Swire Pacific Ltd. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0019000162</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hongkong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Qantas Airways Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000QAN2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lynas Rare Earths Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000LYC6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAR Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000CAR3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fortescue Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000FMG4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saputo Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA8029121057</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canadian Tire Corp. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA1366812024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yangzijiang Shipbuilding Holdings Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SG1U76934819</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">SGD</t>
   </si>
   <si>
     <t xml:space="preserve">Singapore </t>
   </si>
   <si>
-    <t xml:space="preserve">Meridian Energy Ltd.</t>
-[...122 lines deleted...]
-    <t xml:space="preserve">HK0823032773</t>
+    <t xml:space="preserve">Bombardier Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA0977518616</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WH Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KYG960071028</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">HKD</t>
   </si>
   <si>
     <t xml:space="preserve">Hongkong </t>
   </si>
   <si>
-    <t xml:space="preserve">Keppel Ltd.</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">AU000000EVN4</t>
+    <t xml:space="preserve">Magna International Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA5592224011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TELUS Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA87971M1032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CONSTELLATION SOFTWARE FRN 31.03.2040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA21037XAA87</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Medibank Pvt Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000MPL3</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">AUD</t>
   </si>
   <si>
     <t xml:space="preserve">Australien </t>
-  </si>
-[...1078 lines deleted...]
-    <t xml:space="preserve">Singapore </t>
   </si>
   <si>
     <t xml:space="preserve">Constellation Software Inc/Canada (Warrant)</t>
   </si>
   <si>
     <t xml:space="preserve">CA21037X1345</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">CAD</t>
   </si>
   <si>
     <t xml:space="preserve">Canada </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="165" formatCode="#0.00"/>
     <numFmt numFmtId="166" formatCode="dd.mm.yyyy"/>
   </numFmts>
@@ -2528,3064 +2528,3064 @@
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" s="1">
-        <v>4.844</v>
+        <v>5.031</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B3" t="s">
         <v>12</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="1">
-        <v>4.244</v>
+        <v>3.555</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B4" t="s">
         <v>17</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" s="1">
-        <v>3.52</v>
+        <v>3.36</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>24</v>
       </c>
       <c r="E5" t="s">
         <v>25</v>
       </c>
       <c r="F5" t="s">
         <v>26</v>
       </c>
       <c r="G5" s="1">
-        <v>3.22</v>
+        <v>3.35</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="6">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6" t="s">
         <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>31</v>
       </c>
       <c r="G6" s="1">
-        <v>3.1</v>
+        <v>3.249</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="7">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>33</v>
       </c>
       <c r="D7" t="s">
         <v>34</v>
       </c>
       <c r="E7" t="s">
         <v>35</v>
       </c>
       <c r="F7" t="s">
         <v>36</v>
       </c>
       <c r="G7" s="1">
-        <v>2.498</v>
+        <v>2.814</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="8">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8" t="s">
         <v>38</v>
       </c>
       <c r="D8" t="s">
         <v>39</v>
       </c>
       <c r="E8" t="s">
         <v>40</v>
       </c>
       <c r="F8" t="s">
         <v>41</v>
       </c>
       <c r="G8" s="1">
-        <v>2.417</v>
+        <v>2.668</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="9">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B9" t="s">
         <v>42</v>
       </c>
       <c r="C9" t="s">
         <v>43</v>
       </c>
       <c r="D9" t="s">
         <v>44</v>
       </c>
       <c r="E9" t="s">
         <v>45</v>
       </c>
       <c r="F9" t="s">
         <v>46</v>
       </c>
       <c r="G9" s="1">
-        <v>2.282</v>
+        <v>2.356</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="10">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B10" t="s">
         <v>47</v>
       </c>
       <c r="C10" t="s">
         <v>48</v>
       </c>
       <c r="D10" t="s">
         <v>49</v>
       </c>
       <c r="E10" t="s">
         <v>50</v>
       </c>
       <c r="F10" t="s">
         <v>51</v>
       </c>
       <c r="G10" s="1">
-        <v>2.017</v>
+        <v>2.105</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="11">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B11" t="s">
         <v>52</v>
       </c>
       <c r="C11" t="s">
         <v>53</v>
       </c>
       <c r="D11" t="s">
         <v>54</v>
       </c>
       <c r="E11" t="s">
         <v>55</v>
       </c>
       <c r="F11" t="s">
         <v>56</v>
       </c>
       <c r="G11" s="1">
-        <v>1.922</v>
+        <v>2.038</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="12">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B12" t="s">
         <v>57</v>
       </c>
       <c r="C12" t="s">
         <v>58</v>
       </c>
       <c r="D12" t="s">
         <v>59</v>
       </c>
       <c r="E12" t="s">
         <v>60</v>
       </c>
       <c r="F12" t="s">
         <v>61</v>
       </c>
       <c r="G12" s="1">
-        <v>1.885</v>
+        <v>1.989</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="13">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B13" t="s">
         <v>62</v>
       </c>
       <c r="C13" t="s">
         <v>63</v>
       </c>
       <c r="D13" t="s">
         <v>64</v>
       </c>
       <c r="E13" t="s">
         <v>65</v>
       </c>
       <c r="F13" t="s">
         <v>66</v>
       </c>
       <c r="G13" s="1">
-        <v>1.868</v>
+        <v>1.829</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="14">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B14" t="s">
         <v>67</v>
       </c>
       <c r="C14" t="s">
         <v>68</v>
       </c>
       <c r="D14" t="s">
         <v>69</v>
       </c>
       <c r="E14" t="s">
         <v>70</v>
       </c>
       <c r="F14" t="s">
         <v>71</v>
       </c>
       <c r="G14" s="1">
-        <v>1.798</v>
+        <v>1.819</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="15">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B15" t="s">
         <v>72</v>
       </c>
       <c r="C15" t="s">
         <v>73</v>
       </c>
       <c r="D15" t="s">
         <v>74</v>
       </c>
       <c r="E15" t="s">
         <v>75</v>
       </c>
       <c r="F15" t="s">
         <v>76</v>
       </c>
       <c r="G15" s="1">
-        <v>1.785</v>
+        <v>1.775</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="16">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B16" t="s">
         <v>77</v>
       </c>
       <c r="C16" t="s">
         <v>78</v>
       </c>
       <c r="D16" t="s">
         <v>79</v>
       </c>
       <c r="E16" t="s">
         <v>80</v>
       </c>
       <c r="F16" t="s">
         <v>81</v>
       </c>
       <c r="G16" s="1">
-        <v>1.731</v>
+        <v>1.679</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="17">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B17" t="s">
         <v>82</v>
       </c>
       <c r="C17" t="s">
         <v>83</v>
       </c>
       <c r="D17" t="s">
         <v>84</v>
       </c>
       <c r="E17" t="s">
         <v>85</v>
       </c>
       <c r="F17" t="s">
         <v>86</v>
       </c>
       <c r="G17" s="1">
-        <v>1.655</v>
+        <v>1.656</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="18">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B18" t="s">
         <v>87</v>
       </c>
       <c r="C18" t="s">
         <v>88</v>
       </c>
       <c r="D18" t="s">
         <v>89</v>
       </c>
       <c r="E18" t="s">
         <v>90</v>
       </c>
       <c r="F18" t="s">
         <v>91</v>
       </c>
       <c r="G18" s="1">
-        <v>1.63</v>
+        <v>1.632</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="19">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B19" t="s">
         <v>92</v>
       </c>
       <c r="C19" t="s">
         <v>93</v>
       </c>
       <c r="D19" t="s">
         <v>94</v>
       </c>
       <c r="E19" t="s">
         <v>95</v>
       </c>
       <c r="F19" t="s">
         <v>96</v>
       </c>
       <c r="G19" s="1">
-        <v>1.605</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="20">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B20" t="s">
         <v>97</v>
       </c>
       <c r="C20" t="s">
         <v>98</v>
       </c>
       <c r="D20" t="s">
         <v>99</v>
       </c>
       <c r="E20" t="s">
         <v>100</v>
       </c>
       <c r="F20" t="s">
         <v>101</v>
       </c>
       <c r="G20" s="1">
-        <v>1.595</v>
+        <v>1.547</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="21">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B21" t="s">
         <v>102</v>
       </c>
       <c r="C21" t="s">
         <v>103</v>
       </c>
       <c r="D21" t="s">
         <v>104</v>
       </c>
       <c r="E21" t="s">
         <v>105</v>
       </c>
       <c r="F21" t="s">
         <v>106</v>
       </c>
       <c r="G21" s="1">
-        <v>1.523</v>
+        <v>1.529</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="22">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B22" t="s">
         <v>107</v>
       </c>
       <c r="C22" t="s">
         <v>108</v>
       </c>
       <c r="D22" t="s">
         <v>109</v>
       </c>
       <c r="E22" t="s">
         <v>110</v>
       </c>
       <c r="F22" t="s">
         <v>111</v>
       </c>
       <c r="G22" s="1">
-        <v>1.518</v>
+        <v>1.523</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="23">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B23" t="s">
         <v>112</v>
       </c>
       <c r="C23" t="s">
         <v>113</v>
       </c>
       <c r="D23" t="s">
         <v>114</v>
       </c>
       <c r="E23" t="s">
         <v>115</v>
       </c>
       <c r="F23" t="s">
         <v>116</v>
       </c>
       <c r="G23" s="1">
-        <v>1.456</v>
+        <v>1.448</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="24">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B24" t="s">
         <v>117</v>
       </c>
       <c r="C24" t="s">
         <v>118</v>
       </c>
       <c r="D24" t="s">
         <v>119</v>
       </c>
       <c r="E24" t="s">
         <v>120</v>
       </c>
       <c r="F24" t="s">
         <v>121</v>
       </c>
       <c r="G24" s="1">
-        <v>1.434</v>
+        <v>1.408</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="25">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B25" t="s">
         <v>122</v>
       </c>
       <c r="C25" t="s">
         <v>123</v>
       </c>
       <c r="D25" t="s">
         <v>124</v>
       </c>
       <c r="E25" t="s">
         <v>125</v>
       </c>
       <c r="F25" t="s">
         <v>126</v>
       </c>
       <c r="G25" s="1">
-        <v>1.335</v>
+        <v>1.356</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="26">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B26" t="s">
         <v>127</v>
       </c>
       <c r="C26" t="s">
         <v>128</v>
       </c>
       <c r="D26" t="s">
         <v>129</v>
       </c>
       <c r="E26" t="s">
         <v>130</v>
       </c>
       <c r="F26" t="s">
         <v>131</v>
       </c>
       <c r="G26" s="1">
-        <v>1.306</v>
+        <v>1.285</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="27">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B27" t="s">
         <v>132</v>
       </c>
       <c r="C27" t="s">
         <v>133</v>
       </c>
       <c r="D27" t="s">
         <v>134</v>
       </c>
       <c r="E27" t="s">
         <v>135</v>
       </c>
       <c r="F27" t="s">
         <v>136</v>
       </c>
       <c r="G27" s="1">
-        <v>1.255</v>
+        <v>1.231</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="28">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B28" t="s">
         <v>137</v>
       </c>
       <c r="C28" t="s">
         <v>138</v>
       </c>
       <c r="D28" t="s">
         <v>139</v>
       </c>
       <c r="E28" t="s">
         <v>140</v>
       </c>
       <c r="F28" t="s">
         <v>141</v>
       </c>
       <c r="G28" s="1">
-        <v>1.217</v>
+        <v>1.213</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="29">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B29" t="s">
         <v>142</v>
       </c>
       <c r="C29" t="s">
         <v>143</v>
       </c>
       <c r="D29" t="s">
         <v>144</v>
       </c>
       <c r="E29" t="s">
         <v>145</v>
       </c>
       <c r="F29" t="s">
         <v>146</v>
       </c>
       <c r="G29" s="1">
-        <v>1.2</v>
+        <v>1.146</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="30">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B30" t="s">
         <v>147</v>
       </c>
       <c r="C30" t="s">
         <v>148</v>
       </c>
       <c r="D30" t="s">
         <v>149</v>
       </c>
       <c r="E30" t="s">
         <v>150</v>
       </c>
       <c r="F30" t="s">
         <v>151</v>
       </c>
       <c r="G30" s="1">
-        <v>1.168</v>
+        <v>1.054</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="31">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B31" t="s">
         <v>152</v>
       </c>
       <c r="C31" t="s">
         <v>153</v>
       </c>
       <c r="D31" t="s">
         <v>154</v>
       </c>
       <c r="E31" t="s">
         <v>155</v>
       </c>
       <c r="F31" t="s">
         <v>156</v>
       </c>
       <c r="G31" s="1">
-        <v>0.996</v>
+        <v>1.049</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="32">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B32" t="s">
         <v>157</v>
       </c>
       <c r="C32" t="s">
         <v>158</v>
       </c>
       <c r="D32" t="s">
         <v>159</v>
       </c>
       <c r="E32" t="s">
         <v>160</v>
       </c>
       <c r="F32" t="s">
         <v>161</v>
       </c>
       <c r="G32" s="1">
-        <v>0.954</v>
+        <v>1.032</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="33">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B33" t="s">
         <v>162</v>
       </c>
       <c r="C33" t="s">
         <v>163</v>
       </c>
       <c r="D33" t="s">
         <v>164</v>
       </c>
       <c r="E33" t="s">
         <v>165</v>
       </c>
       <c r="F33" t="s">
         <v>166</v>
       </c>
       <c r="G33" s="1">
-        <v>0.949</v>
+        <v>0.957</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="34">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B34" t="s">
         <v>167</v>
       </c>
       <c r="C34" t="s">
         <v>168</v>
       </c>
       <c r="D34" t="s">
         <v>169</v>
       </c>
       <c r="E34" t="s">
         <v>170</v>
       </c>
       <c r="F34" t="s">
         <v>171</v>
       </c>
       <c r="G34" s="1">
-        <v>0.929</v>
+        <v>0.901</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="35">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B35" t="s">
         <v>172</v>
       </c>
       <c r="C35" t="s">
         <v>173</v>
       </c>
       <c r="D35" t="s">
         <v>174</v>
       </c>
       <c r="E35" t="s">
         <v>175</v>
       </c>
       <c r="F35" t="s">
         <v>176</v>
       </c>
       <c r="G35" s="1">
-        <v>0.922</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="36">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B36" t="s">
         <v>177</v>
       </c>
       <c r="C36" t="s">
         <v>178</v>
       </c>
       <c r="D36" t="s">
         <v>179</v>
       </c>
       <c r="E36" t="s">
         <v>180</v>
       </c>
       <c r="F36" t="s">
         <v>181</v>
       </c>
       <c r="G36" s="1">
-        <v>0.919</v>
+        <v>0.856</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="37">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B37" t="s">
         <v>182</v>
       </c>
       <c r="C37" t="s">
         <v>183</v>
       </c>
       <c r="D37" t="s">
         <v>184</v>
       </c>
       <c r="E37" t="s">
         <v>185</v>
       </c>
       <c r="F37" t="s">
         <v>186</v>
       </c>
       <c r="G37" s="1">
-        <v>0.864</v>
+        <v>0.854</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="38">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B38" t="s">
         <v>187</v>
       </c>
       <c r="C38" t="s">
         <v>188</v>
       </c>
       <c r="D38" t="s">
         <v>189</v>
       </c>
       <c r="E38" t="s">
         <v>190</v>
       </c>
       <c r="F38" t="s">
         <v>191</v>
       </c>
       <c r="G38" s="1">
-        <v>0.857</v>
+        <v>0.846</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="39">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B39" t="s">
         <v>192</v>
       </c>
       <c r="C39" t="s">
         <v>193</v>
       </c>
       <c r="D39" t="s">
         <v>194</v>
       </c>
       <c r="E39" t="s">
         <v>195</v>
       </c>
       <c r="F39" t="s">
         <v>196</v>
       </c>
       <c r="G39" s="1">
-        <v>0.808</v>
+        <v>0.824</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="40">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B40" t="s">
         <v>197</v>
       </c>
       <c r="C40" t="s">
         <v>198</v>
       </c>
       <c r="D40" t="s">
         <v>199</v>
       </c>
       <c r="E40" t="s">
         <v>200</v>
       </c>
       <c r="F40" t="s">
         <v>201</v>
       </c>
       <c r="G40" s="1">
-        <v>0.798</v>
+        <v>0.777</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="41">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B41" t="s">
         <v>202</v>
       </c>
       <c r="C41" t="s">
         <v>203</v>
       </c>
       <c r="D41" t="s">
         <v>204</v>
       </c>
       <c r="E41" t="s">
         <v>205</v>
       </c>
       <c r="F41" t="s">
         <v>206</v>
       </c>
       <c r="G41" s="1">
-        <v>0.746</v>
+        <v>0.768</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="42">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B42" t="s">
         <v>207</v>
       </c>
       <c r="C42" t="s">
         <v>208</v>
       </c>
       <c r="D42" t="s">
         <v>209</v>
       </c>
       <c r="E42" t="s">
         <v>210</v>
       </c>
       <c r="F42" t="s">
         <v>211</v>
       </c>
       <c r="G42" s="1">
-        <v>0.726</v>
+        <v>0.717</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="43">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B43" t="s">
         <v>212</v>
       </c>
       <c r="C43" t="s">
         <v>213</v>
       </c>
       <c r="D43" t="s">
         <v>214</v>
       </c>
       <c r="E43" t="s">
         <v>215</v>
       </c>
       <c r="F43" t="s">
         <v>216</v>
       </c>
       <c r="G43" s="1">
-        <v>0.723</v>
+        <v>0.717</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="44">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B44" t="s">
         <v>217</v>
       </c>
       <c r="C44" t="s">
         <v>218</v>
       </c>
       <c r="D44" t="s">
         <v>219</v>
       </c>
       <c r="E44" t="s">
         <v>220</v>
       </c>
       <c r="F44" t="s">
         <v>221</v>
       </c>
       <c r="G44" s="1">
-        <v>0.712</v>
+        <v>0.709</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="45">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B45" t="s">
         <v>222</v>
       </c>
       <c r="C45" t="s">
         <v>223</v>
       </c>
       <c r="D45" t="s">
         <v>224</v>
       </c>
       <c r="E45" t="s">
         <v>225</v>
       </c>
       <c r="F45" t="s">
         <v>226</v>
       </c>
       <c r="G45" s="1">
-        <v>0.702</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="46">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B46" t="s">
         <v>227</v>
       </c>
       <c r="C46" t="s">
         <v>228</v>
       </c>
       <c r="D46" t="s">
         <v>229</v>
       </c>
       <c r="E46" t="s">
         <v>230</v>
       </c>
       <c r="F46" t="s">
         <v>231</v>
       </c>
       <c r="G46" s="1">
-        <v>0.677</v>
+        <v>0.685</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="47">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B47" t="s">
         <v>232</v>
       </c>
       <c r="C47" t="s">
         <v>233</v>
       </c>
       <c r="D47" t="s">
         <v>234</v>
       </c>
       <c r="E47" t="s">
         <v>235</v>
       </c>
       <c r="F47" t="s">
         <v>236</v>
       </c>
       <c r="G47" s="1">
-        <v>0.676</v>
+        <v>0.665</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="48">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B48" t="s">
         <v>237</v>
       </c>
       <c r="C48" t="s">
         <v>238</v>
       </c>
       <c r="D48" t="s">
         <v>239</v>
       </c>
       <c r="E48" t="s">
         <v>240</v>
       </c>
       <c r="F48" t="s">
         <v>241</v>
       </c>
       <c r="G48" s="1">
-        <v>0.638</v>
+        <v>0.659</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="49">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B49" t="s">
         <v>242</v>
       </c>
       <c r="C49" t="s">
         <v>243</v>
       </c>
       <c r="D49" t="s">
         <v>244</v>
       </c>
       <c r="E49" t="s">
         <v>245</v>
       </c>
       <c r="F49" t="s">
         <v>246</v>
       </c>
       <c r="G49" s="1">
-        <v>0.619</v>
+        <v>0.644</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="50">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B50" t="s">
         <v>247</v>
       </c>
       <c r="C50" t="s">
         <v>248</v>
       </c>
       <c r="D50" t="s">
         <v>249</v>
       </c>
       <c r="E50" t="s">
         <v>250</v>
       </c>
       <c r="F50" t="s">
         <v>251</v>
       </c>
       <c r="G50" s="1">
-        <v>0.607</v>
+        <v>0.624</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="51">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B51" t="s">
         <v>252</v>
       </c>
       <c r="C51" t="s">
         <v>253</v>
       </c>
       <c r="D51" t="s">
         <v>254</v>
       </c>
       <c r="E51" t="s">
         <v>255</v>
       </c>
       <c r="F51" t="s">
         <v>256</v>
       </c>
       <c r="G51" s="1">
-        <v>0.606</v>
+        <v>0.613</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="52">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B52" t="s">
         <v>257</v>
       </c>
       <c r="C52" t="s">
         <v>258</v>
       </c>
       <c r="D52" t="s">
         <v>259</v>
       </c>
       <c r="E52" t="s">
         <v>260</v>
       </c>
       <c r="F52" t="s">
         <v>261</v>
       </c>
       <c r="G52" s="1">
-        <v>0.585</v>
+        <v>0.612</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="53">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B53" t="s">
         <v>262</v>
       </c>
       <c r="C53" t="s">
         <v>263</v>
       </c>
       <c r="D53" t="s">
         <v>264</v>
       </c>
       <c r="E53" t="s">
         <v>265</v>
       </c>
       <c r="F53" t="s">
         <v>266</v>
       </c>
       <c r="G53" s="1">
-        <v>0.578</v>
+        <v>0.601</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="54">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B54" t="s">
         <v>267</v>
       </c>
       <c r="C54" t="s">
         <v>268</v>
       </c>
       <c r="D54" t="s">
         <v>269</v>
       </c>
       <c r="E54" t="s">
         <v>270</v>
       </c>
       <c r="F54" t="s">
         <v>271</v>
       </c>
       <c r="G54" s="1">
-        <v>0.572</v>
+        <v>0.581</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="55">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B55" t="s">
         <v>272</v>
       </c>
       <c r="C55" t="s">
         <v>273</v>
       </c>
       <c r="D55" t="s">
         <v>274</v>
       </c>
       <c r="E55" t="s">
         <v>275</v>
       </c>
       <c r="F55" t="s">
         <v>276</v>
       </c>
       <c r="G55" s="1">
         <v>0.572</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="56">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B56" t="s">
         <v>277</v>
       </c>
       <c r="C56" t="s">
         <v>278</v>
       </c>
       <c r="D56" t="s">
         <v>279</v>
       </c>
       <c r="E56" t="s">
         <v>280</v>
       </c>
       <c r="F56" t="s">
         <v>281</v>
       </c>
       <c r="G56" s="1">
-        <v>0.558</v>
+        <v>0.567</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="57">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B57" t="s">
         <v>282</v>
       </c>
       <c r="C57" t="s">
         <v>283</v>
       </c>
       <c r="D57" t="s">
         <v>284</v>
       </c>
       <c r="E57" t="s">
         <v>285</v>
       </c>
       <c r="F57" t="s">
         <v>286</v>
       </c>
       <c r="G57" s="1">
-        <v>0.552</v>
+        <v>0.554</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="58">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B58" t="s">
         <v>287</v>
       </c>
       <c r="C58" t="s">
         <v>288</v>
       </c>
       <c r="D58" t="s">
         <v>289</v>
       </c>
       <c r="E58" t="s">
         <v>290</v>
       </c>
       <c r="F58" t="s">
         <v>291</v>
       </c>
       <c r="G58" s="1">
-        <v>0.548</v>
+        <v>0.551</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="59">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B59" t="s">
         <v>292</v>
       </c>
       <c r="C59" t="s">
         <v>293</v>
       </c>
       <c r="D59" t="s">
         <v>294</v>
       </c>
       <c r="E59" t="s">
         <v>295</v>
       </c>
       <c r="F59" t="s">
         <v>296</v>
       </c>
       <c r="G59" s="1">
-        <v>0.536</v>
+        <v>0.546</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="60">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B60" t="s">
         <v>297</v>
       </c>
       <c r="C60" t="s">
         <v>298</v>
       </c>
       <c r="D60" t="s">
         <v>299</v>
       </c>
       <c r="E60" t="s">
         <v>300</v>
       </c>
       <c r="F60" t="s">
         <v>301</v>
       </c>
       <c r="G60" s="1">
-        <v>0.532</v>
+        <v>0.54</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="61">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B61" t="s">
         <v>302</v>
       </c>
       <c r="C61" t="s">
         <v>303</v>
       </c>
       <c r="D61" t="s">
         <v>304</v>
       </c>
       <c r="E61" t="s">
         <v>305</v>
       </c>
       <c r="F61" t="s">
         <v>306</v>
       </c>
       <c r="G61" s="1">
-        <v>0.531</v>
+        <v>0.533</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="62">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B62" t="s">
         <v>307</v>
       </c>
       <c r="C62" t="s">
         <v>308</v>
       </c>
       <c r="D62" t="s">
         <v>309</v>
       </c>
       <c r="E62" t="s">
         <v>310</v>
       </c>
       <c r="F62" t="s">
         <v>311</v>
       </c>
       <c r="G62" s="1">
-        <v>0.528</v>
+        <v>0.52</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="63">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B63" t="s">
         <v>312</v>
       </c>
       <c r="C63" t="s">
         <v>313</v>
       </c>
       <c r="D63" t="s">
         <v>314</v>
       </c>
       <c r="E63" t="s">
         <v>315</v>
       </c>
       <c r="F63" t="s">
         <v>316</v>
       </c>
       <c r="G63" s="1">
-        <v>0.521</v>
+        <v>0.517</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="64">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B64" t="s">
         <v>317</v>
       </c>
       <c r="C64" t="s">
         <v>318</v>
       </c>
       <c r="D64" t="s">
         <v>319</v>
       </c>
       <c r="E64" t="s">
         <v>320</v>
       </c>
       <c r="F64" t="s">
         <v>321</v>
       </c>
       <c r="G64" s="1">
-        <v>0.507</v>
+        <v>0.509</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="65">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B65" t="s">
         <v>322</v>
       </c>
       <c r="C65" t="s">
         <v>323</v>
       </c>
       <c r="D65" t="s">
         <v>324</v>
       </c>
       <c r="E65" t="s">
         <v>325</v>
       </c>
       <c r="F65" t="s">
         <v>326</v>
       </c>
       <c r="G65" s="1">
-        <v>0.494</v>
+        <v>0.509</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="66">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B66" t="s">
         <v>327</v>
       </c>
       <c r="C66" t="s">
         <v>328</v>
       </c>
       <c r="D66" t="s">
         <v>329</v>
       </c>
       <c r="E66" t="s">
         <v>330</v>
       </c>
       <c r="F66" t="s">
         <v>331</v>
       </c>
       <c r="G66" s="1">
-        <v>0.487</v>
+        <v>0.506</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="67">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B67" t="s">
         <v>332</v>
       </c>
       <c r="C67" t="s">
         <v>333</v>
       </c>
       <c r="D67" t="s">
         <v>334</v>
       </c>
       <c r="E67" t="s">
         <v>335</v>
       </c>
       <c r="F67" t="s">
         <v>336</v>
       </c>
       <c r="G67" s="1">
-        <v>0.485</v>
+        <v>0.481</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="68">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B68" t="s">
         <v>337</v>
       </c>
       <c r="C68" t="s">
         <v>338</v>
       </c>
       <c r="D68" t="s">
         <v>339</v>
       </c>
       <c r="E68" t="s">
         <v>340</v>
       </c>
       <c r="F68" t="s">
         <v>341</v>
       </c>
       <c r="G68" s="1">
-        <v>0.454</v>
+        <v>0.479</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="69">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B69" t="s">
         <v>342</v>
       </c>
       <c r="C69" t="s">
         <v>343</v>
       </c>
       <c r="D69" t="s">
         <v>344</v>
       </c>
       <c r="E69" t="s">
         <v>345</v>
       </c>
       <c r="F69" t="s">
         <v>346</v>
       </c>
       <c r="G69" s="1">
-        <v>0.451</v>
+        <v>0.476</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="70">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B70" t="s">
         <v>347</v>
       </c>
       <c r="C70" t="s">
         <v>348</v>
       </c>
       <c r="D70" t="s">
         <v>349</v>
       </c>
       <c r="E70" t="s">
         <v>350</v>
       </c>
       <c r="F70" t="s">
         <v>351</v>
       </c>
       <c r="G70" s="1">
-        <v>0.445</v>
+        <v>0.458</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="71">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B71" t="s">
         <v>352</v>
       </c>
       <c r="C71" t="s">
         <v>353</v>
       </c>
       <c r="D71" t="s">
         <v>354</v>
       </c>
       <c r="E71" t="s">
         <v>355</v>
       </c>
       <c r="F71" t="s">
         <v>356</v>
       </c>
       <c r="G71" s="1">
-        <v>0.434</v>
+        <v>0.458</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="72">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B72" t="s">
         <v>357</v>
       </c>
       <c r="C72" t="s">
         <v>358</v>
       </c>
       <c r="D72" t="s">
         <v>359</v>
       </c>
       <c r="E72" t="s">
         <v>360</v>
       </c>
       <c r="F72" t="s">
         <v>361</v>
       </c>
       <c r="G72" s="1">
-        <v>0.431</v>
+        <v>0.438</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="73">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B73" t="s">
         <v>362</v>
       </c>
       <c r="C73" t="s">
         <v>363</v>
       </c>
       <c r="D73" t="s">
         <v>364</v>
       </c>
       <c r="E73" t="s">
         <v>365</v>
       </c>
       <c r="F73" t="s">
         <v>366</v>
       </c>
       <c r="G73" s="1">
-        <v>0.429</v>
+        <v>0.436</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="74">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B74" t="s">
         <v>367</v>
       </c>
       <c r="C74" t="s">
         <v>368</v>
       </c>
       <c r="D74" t="s">
         <v>369</v>
       </c>
       <c r="E74" t="s">
         <v>370</v>
       </c>
       <c r="F74" t="s">
         <v>371</v>
       </c>
       <c r="G74" s="1">
-        <v>0.424</v>
+        <v>0.432</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="75">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B75" t="s">
         <v>372</v>
       </c>
       <c r="C75" t="s">
         <v>373</v>
       </c>
       <c r="D75" t="s">
         <v>374</v>
       </c>
       <c r="E75" t="s">
         <v>375</v>
       </c>
       <c r="F75" t="s">
         <v>376</v>
       </c>
       <c r="G75" s="1">
-        <v>0.405</v>
+        <v>0.421</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="76">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B76" t="s">
         <v>377</v>
       </c>
       <c r="C76" t="s">
         <v>378</v>
       </c>
       <c r="D76" t="s">
         <v>379</v>
       </c>
       <c r="E76" t="s">
         <v>380</v>
       </c>
       <c r="F76" t="s">
         <v>381</v>
       </c>
       <c r="G76" s="1">
-        <v>0.391</v>
+        <v>0.395</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="77">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B77" t="s">
         <v>382</v>
       </c>
       <c r="C77" t="s">
         <v>383</v>
       </c>
       <c r="D77" t="s">
         <v>384</v>
       </c>
       <c r="E77" t="s">
         <v>385</v>
       </c>
       <c r="F77" t="s">
         <v>386</v>
       </c>
       <c r="G77" s="1">
-        <v>0.379</v>
+        <v>0.377</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="78">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B78" t="s">
         <v>387</v>
       </c>
       <c r="C78" t="s">
         <v>388</v>
       </c>
       <c r="D78" t="s">
         <v>389</v>
       </c>
       <c r="E78" t="s">
         <v>390</v>
       </c>
       <c r="F78" t="s">
         <v>391</v>
       </c>
       <c r="G78" s="1">
-        <v>0.377</v>
+        <v>0.375</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="79">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B79" t="s">
         <v>392</v>
       </c>
       <c r="C79" t="s">
         <v>393</v>
       </c>
       <c r="D79" t="s">
         <v>394</v>
       </c>
       <c r="E79" t="s">
         <v>395</v>
       </c>
       <c r="F79" t="s">
         <v>396</v>
       </c>
       <c r="G79" s="1">
-        <v>0.376</v>
+        <v>0.371</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="80">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B80" t="s">
         <v>397</v>
       </c>
       <c r="C80" t="s">
         <v>398</v>
       </c>
       <c r="D80" t="s">
         <v>399</v>
       </c>
       <c r="E80" t="s">
         <v>400</v>
       </c>
       <c r="F80" t="s">
         <v>401</v>
       </c>
       <c r="G80" s="1">
-        <v>0.36</v>
+        <v>0.357</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="81">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B81" t="s">
         <v>402</v>
       </c>
       <c r="C81" t="s">
         <v>403</v>
       </c>
       <c r="D81" t="s">
         <v>404</v>
       </c>
       <c r="E81" t="s">
         <v>405</v>
       </c>
       <c r="F81" t="s">
         <v>406</v>
       </c>
       <c r="G81" s="1">
-        <v>0.347</v>
+        <v>0.355</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="82">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B82" t="s">
         <v>407</v>
       </c>
       <c r="C82" t="s">
         <v>408</v>
       </c>
       <c r="D82" t="s">
         <v>409</v>
       </c>
       <c r="E82" t="s">
         <v>410</v>
       </c>
       <c r="F82" t="s">
         <v>411</v>
       </c>
       <c r="G82" s="1">
-        <v>0.337</v>
+        <v>0.343</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="83">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B83" t="s">
         <v>412</v>
       </c>
       <c r="C83" t="s">
         <v>413</v>
       </c>
       <c r="D83" t="s">
         <v>414</v>
       </c>
       <c r="E83" t="s">
         <v>415</v>
       </c>
       <c r="F83" t="s">
         <v>416</v>
       </c>
       <c r="G83" s="1">
-        <v>0.334</v>
+        <v>0.341</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="84">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B84" t="s">
         <v>417</v>
       </c>
       <c r="C84" t="s">
         <v>418</v>
       </c>
       <c r="D84" t="s">
         <v>419</v>
       </c>
       <c r="E84" t="s">
         <v>420</v>
       </c>
       <c r="F84" t="s">
         <v>421</v>
       </c>
       <c r="G84" s="1">
-        <v>0.32</v>
+        <v>0.331</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="85">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B85" t="s">
         <v>422</v>
       </c>
       <c r="C85" t="s">
         <v>423</v>
       </c>
       <c r="D85" t="s">
         <v>424</v>
       </c>
       <c r="E85" t="s">
         <v>425</v>
       </c>
       <c r="F85" t="s">
         <v>426</v>
       </c>
       <c r="G85" s="1">
-        <v>0.319</v>
+        <v>0.331</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="86">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B86" t="s">
         <v>427</v>
       </c>
       <c r="C86" t="s">
         <v>428</v>
       </c>
       <c r="D86" t="s">
         <v>429</v>
       </c>
       <c r="E86" t="s">
         <v>430</v>
       </c>
       <c r="F86" t="s">
         <v>431</v>
       </c>
       <c r="G86" s="1">
-        <v>0.309</v>
+        <v>0.328</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="87">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B87" t="s">
         <v>432</v>
       </c>
       <c r="C87" t="s">
         <v>433</v>
       </c>
       <c r="D87" t="s">
         <v>434</v>
       </c>
       <c r="E87" t="s">
         <v>435</v>
       </c>
       <c r="F87" t="s">
         <v>436</v>
       </c>
       <c r="G87" s="1">
-        <v>0.309</v>
+        <v>0.313</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="88">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B88" t="s">
         <v>437</v>
       </c>
       <c r="C88" t="s">
         <v>438</v>
       </c>
       <c r="D88" t="s">
         <v>439</v>
       </c>
       <c r="E88" t="s">
         <v>440</v>
       </c>
       <c r="F88" t="s">
         <v>441</v>
       </c>
       <c r="G88" s="1">
-        <v>0.297</v>
+        <v>0.311</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="89">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B89" t="s">
         <v>442</v>
       </c>
       <c r="C89" t="s">
         <v>443</v>
       </c>
       <c r="D89" t="s">
         <v>444</v>
       </c>
       <c r="E89" t="s">
         <v>445</v>
       </c>
       <c r="F89" t="s">
         <v>446</v>
       </c>
       <c r="G89" s="1">
-        <v>0.295</v>
+        <v>0.297</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="90">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B90" t="s">
         <v>447</v>
       </c>
       <c r="C90" t="s">
         <v>448</v>
       </c>
       <c r="D90" t="s">
         <v>449</v>
       </c>
       <c r="E90" t="s">
         <v>450</v>
       </c>
       <c r="F90" t="s">
         <v>451</v>
       </c>
       <c r="G90" s="1">
-        <v>0.291</v>
+        <v>0.295</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="91">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B91" t="s">
         <v>452</v>
       </c>
       <c r="C91" t="s">
         <v>453</v>
       </c>
       <c r="D91" t="s">
         <v>454</v>
       </c>
       <c r="E91" t="s">
         <v>455</v>
       </c>
       <c r="F91" t="s">
         <v>456</v>
       </c>
       <c r="G91" s="1">
-        <v>0.291</v>
+        <v>0.292</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="92">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B92" t="s">
         <v>457</v>
       </c>
       <c r="C92" t="s">
         <v>458</v>
       </c>
       <c r="D92" t="s">
         <v>459</v>
       </c>
       <c r="E92" t="s">
         <v>460</v>
       </c>
       <c r="F92" t="s">
         <v>461</v>
       </c>
       <c r="G92" s="1">
         <v>0.289</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="93">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B93" t="s">
         <v>462</v>
       </c>
       <c r="C93" t="s">
         <v>463</v>
       </c>
       <c r="D93" t="s">
         <v>464</v>
       </c>
       <c r="E93" t="s">
         <v>465</v>
       </c>
       <c r="F93" t="s">
         <v>466</v>
       </c>
       <c r="G93" s="1">
-        <v>0.28</v>
+        <v>0.279</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="94">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B94" t="s">
         <v>467</v>
       </c>
       <c r="C94" t="s">
         <v>468</v>
       </c>
       <c r="D94" t="s">
         <v>469</v>
       </c>
       <c r="E94" t="s">
         <v>470</v>
       </c>
       <c r="F94" t="s">
         <v>471</v>
       </c>
       <c r="G94" s="1">
-        <v>0.272</v>
+        <v>0.252</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="95">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B95" t="s">
         <v>472</v>
       </c>
       <c r="C95" t="s">
         <v>473</v>
       </c>
       <c r="D95" t="s">
         <v>474</v>
       </c>
       <c r="E95" t="s">
         <v>475</v>
       </c>
       <c r="F95" t="s">
         <v>476</v>
       </c>
       <c r="G95" s="1">
-        <v>0.268</v>
+        <v>0.247</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="96">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B96" t="s">
         <v>477</v>
       </c>
       <c r="C96" t="s">
         <v>478</v>
       </c>
       <c r="D96" t="s">
         <v>479</v>
       </c>
       <c r="E96" t="s">
         <v>480</v>
       </c>
       <c r="F96" t="s">
         <v>481</v>
       </c>
       <c r="G96" s="1">
-        <v>0.267</v>
+        <v>0.245</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="97">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B97" t="s">
         <v>482</v>
       </c>
       <c r="C97" t="s">
         <v>483</v>
       </c>
       <c r="D97" t="s">
         <v>484</v>
       </c>
       <c r="E97" t="s">
         <v>485</v>
       </c>
       <c r="F97" t="s">
         <v>486</v>
       </c>
       <c r="G97" s="1">
-        <v>0.263</v>
+        <v>0.227</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="98">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B98" t="s">
         <v>487</v>
       </c>
       <c r="C98" t="s">
         <v>488</v>
       </c>
       <c r="D98" t="s">
         <v>489</v>
       </c>
       <c r="E98" t="s">
         <v>490</v>
       </c>
       <c r="F98" t="s">
         <v>491</v>
       </c>
       <c r="G98" s="1">
-        <v>0.249</v>
+        <v>0.225</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="99">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B99" t="s">
         <v>492</v>
       </c>
       <c r="C99" t="s">
         <v>493</v>
       </c>
       <c r="D99" t="s">
         <v>494</v>
       </c>
       <c r="E99" t="s">
         <v>495</v>
       </c>
       <c r="F99" t="s">
         <v>496</v>
       </c>
       <c r="G99" s="1">
-        <v>0.242</v>
+        <v>0.223</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="100">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B100" t="s">
         <v>497</v>
       </c>
       <c r="C100" t="s">
         <v>498</v>
       </c>
       <c r="D100" t="s">
         <v>499</v>
       </c>
       <c r="E100" t="s">
         <v>500</v>
       </c>
       <c r="F100" t="s">
         <v>501</v>
       </c>
       <c r="G100" s="1">
-        <v>0.233</v>
+        <v>0.218</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="101">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B101" t="s">
         <v>502</v>
       </c>
       <c r="C101" t="s">
         <v>503</v>
       </c>
       <c r="D101" t="s">
         <v>504</v>
       </c>
       <c r="E101" t="s">
         <v>505</v>
       </c>
       <c r="F101" t="s">
         <v>506</v>
       </c>
       <c r="G101" s="1">
-        <v>0.224</v>
+        <v>0.211</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="102">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B102" t="s">
         <v>507</v>
       </c>
       <c r="C102" t="s">
         <v>508</v>
       </c>
       <c r="D102" t="s">
         <v>509</v>
       </c>
       <c r="E102" t="s">
         <v>510</v>
       </c>
       <c r="F102" t="s">
         <v>511</v>
       </c>
       <c r="G102" s="1">
-        <v>0.223</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="103">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B103" t="s">
         <v>512</v>
       </c>
       <c r="C103" t="s">
         <v>513</v>
       </c>
       <c r="D103" t="s">
         <v>514</v>
       </c>
       <c r="E103" t="s">
         <v>515</v>
       </c>
       <c r="F103" t="s">
         <v>516</v>
       </c>
       <c r="G103" s="1">
-        <v>0.223</v>
+        <v>0.196</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="104">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B104" t="s">
         <v>517</v>
       </c>
       <c r="C104" t="s">
         <v>518</v>
       </c>
       <c r="D104" t="s">
         <v>519</v>
       </c>
       <c r="E104" t="s">
         <v>520</v>
       </c>
       <c r="F104" t="s">
         <v>521</v>
       </c>
       <c r="G104" s="1">
-        <v>0.214</v>
+        <v>0.195</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="105">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B105" t="s">
         <v>522</v>
       </c>
       <c r="C105" t="s">
         <v>523</v>
       </c>
       <c r="D105" t="s">
         <v>524</v>
       </c>
       <c r="E105" t="s">
         <v>525</v>
       </c>
       <c r="F105" t="s">
         <v>526</v>
       </c>
       <c r="G105" s="1">
-        <v>0.207</v>
+        <v>0.189</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="106">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B106" t="s">
         <v>527</v>
       </c>
       <c r="C106" t="s">
         <v>528</v>
       </c>
       <c r="D106" t="s">
         <v>529</v>
       </c>
       <c r="E106" t="s">
         <v>530</v>
       </c>
       <c r="F106" t="s">
         <v>531</v>
       </c>
       <c r="G106" s="1">
-        <v>0.203</v>
+        <v>0.189</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="107">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B107" t="s">
         <v>532</v>
       </c>
       <c r="C107" t="s">
         <v>533</v>
       </c>
       <c r="D107" t="s">
         <v>534</v>
       </c>
       <c r="E107" t="s">
         <v>535</v>
       </c>
       <c r="F107" t="s">
         <v>536</v>
       </c>
       <c r="G107" s="1">
-        <v>0.199</v>
+        <v>0.184</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="108">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B108" t="s">
         <v>537</v>
       </c>
       <c r="C108" t="s">
         <v>538</v>
       </c>
       <c r="D108" t="s">
         <v>539</v>
       </c>
       <c r="E108" t="s">
         <v>540</v>
       </c>
       <c r="F108" t="s">
         <v>541</v>
       </c>
       <c r="G108" s="1">
-        <v>0.198</v>
+        <v>0.183</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="109">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B109" t="s">
         <v>542</v>
       </c>
       <c r="C109" t="s">
         <v>543</v>
       </c>
       <c r="D109" t="s">
         <v>544</v>
       </c>
       <c r="E109" t="s">
         <v>545</v>
       </c>
       <c r="F109" t="s">
         <v>546</v>
       </c>
       <c r="G109" s="1">
-        <v>0.194</v>
+        <v>0.183</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="110">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B110" t="s">
         <v>547</v>
       </c>
       <c r="C110" t="s">
         <v>548</v>
       </c>
       <c r="D110" t="s">
         <v>549</v>
       </c>
       <c r="E110" t="s">
         <v>550</v>
       </c>
       <c r="F110" t="s">
         <v>551</v>
       </c>
       <c r="G110" s="1">
-        <v>0.192</v>
+        <v>0.178</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="111">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B111" t="s">
         <v>552</v>
       </c>
       <c r="C111" t="s">
         <v>553</v>
       </c>
       <c r="D111" t="s">
         <v>554</v>
       </c>
       <c r="E111" t="s">
         <v>555</v>
       </c>
       <c r="F111" t="s">
         <v>556</v>
       </c>
       <c r="G111" s="1">
-        <v>0.192</v>
+        <v>0.174</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="112">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B112" t="s">
         <v>557</v>
       </c>
       <c r="C112" t="s">
         <v>558</v>
       </c>
       <c r="D112" t="s">
         <v>559</v>
       </c>
       <c r="E112" t="s">
         <v>560</v>
       </c>
       <c r="F112" t="s">
         <v>561</v>
       </c>
       <c r="G112" s="1">
-        <v>0.182</v>
+        <v>0.171</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="113">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B113" t="s">
         <v>562</v>
       </c>
       <c r="C113" t="s">
         <v>563</v>
       </c>
       <c r="D113" t="s">
         <v>564</v>
       </c>
       <c r="E113" t="s">
         <v>565</v>
       </c>
       <c r="F113" t="s">
         <v>566</v>
       </c>
       <c r="G113" s="1">
-        <v>0.174</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="114">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B114" t="s">
         <v>567</v>
       </c>
       <c r="C114" t="s">
         <v>568</v>
       </c>
       <c r="D114" t="s">
         <v>569</v>
       </c>
       <c r="E114" t="s">
         <v>570</v>
       </c>
       <c r="F114" t="s">
         <v>571</v>
       </c>
       <c r="G114" s="1">
-        <v>0.162</v>
+        <v>0.149</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="115">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B115" t="s">
         <v>572</v>
       </c>
       <c r="C115" t="s">
         <v>573</v>
       </c>
       <c r="D115" t="s">
         <v>574</v>
       </c>
       <c r="E115" t="s">
         <v>575</v>
       </c>
       <c r="F115" t="s">
         <v>576</v>
       </c>
       <c r="G115" s="1">
-        <v>0.157</v>
+        <v>0.146</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="116">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B116" t="s">
         <v>577</v>
       </c>
       <c r="C116" t="s">
         <v>578</v>
       </c>
       <c r="D116" t="s">
         <v>579</v>
       </c>
       <c r="E116" t="s">
         <v>580</v>
       </c>
       <c r="F116" t="s">
         <v>581</v>
       </c>
       <c r="G116" s="1">
         <v>0.142</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="117">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B117" t="s">
         <v>582</v>
       </c>
       <c r="C117" t="s">
         <v>583</v>
       </c>
       <c r="D117" t="s">
         <v>584</v>
       </c>
       <c r="E117" t="s">
         <v>585</v>
       </c>
       <c r="F117" t="s">
         <v>586</v>
       </c>
       <c r="G117" s="1">
-        <v>0.142</v>
+        <v>0.138</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="118">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B118" t="s">
         <v>587</v>
       </c>
       <c r="C118" t="s">
         <v>588</v>
       </c>
       <c r="D118" t="s">
         <v>589</v>
       </c>
       <c r="E118" t="s">
         <v>590</v>
       </c>
       <c r="F118" t="s">
         <v>591</v>
       </c>
       <c r="G118" s="1">
-        <v>0.138</v>
+        <v>0.137</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="119">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B119" t="s">
         <v>592</v>
       </c>
       <c r="C119" t="s">
         <v>593</v>
       </c>
       <c r="D119" t="s">
         <v>594</v>
       </c>
       <c r="E119" t="s">
         <v>595</v>
       </c>
       <c r="F119" t="s">
         <v>596</v>
       </c>
       <c r="G119" s="1">
-        <v>0.13</v>
+        <v>0.121</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="120">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B120" t="s">
         <v>597</v>
       </c>
       <c r="C120" t="s">
         <v>598</v>
       </c>
       <c r="D120" t="s">
         <v>599</v>
       </c>
       <c r="E120" t="s">
         <v>600</v>
       </c>
       <c r="F120" t="s">
         <v>601</v>
       </c>
       <c r="G120" s="1">
-        <v>0.123</v>
+        <v>0.108</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="121">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B121" t="s">
         <v>602</v>
       </c>
       <c r="C121" t="s">
         <v>603</v>
       </c>
       <c r="D121" t="s">
         <v>604</v>
       </c>
       <c r="E121" t="s">
         <v>605</v>
       </c>
       <c r="F121" t="s">
         <v>606</v>
       </c>
       <c r="G121" s="1">
-        <v>0.121</v>
+        <v>0.097</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="122">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B122" t="s">
         <v>607</v>
       </c>
       <c r="C122" t="s">
         <v>608</v>
       </c>
       <c r="D122" t="s">
         <v>609</v>
       </c>
       <c r="E122" t="s">
         <v>610</v>
       </c>
       <c r="F122" t="s">
         <v>611</v>
       </c>
       <c r="G122" s="1">
-        <v>0.113</v>
+        <v>0.094</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="123">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B123" t="s">
         <v>612</v>
       </c>
       <c r="C123" t="s">
         <v>613</v>
       </c>
       <c r="D123" t="s">
         <v>614</v>
       </c>
       <c r="E123" t="s">
         <v>615</v>
       </c>
       <c r="F123" t="s">
         <v>616</v>
       </c>
       <c r="G123" s="1">
-        <v>0.109</v>
+        <v>0.093</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="124">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B124" t="s">
         <v>617</v>
       </c>
       <c r="C124" t="s">
         <v>618</v>
       </c>
       <c r="D124" t="s">
         <v>619</v>
       </c>
       <c r="E124" t="s">
         <v>620</v>
       </c>
       <c r="F124" t="s">
         <v>621</v>
       </c>
       <c r="G124" s="1">
-        <v>0.091</v>
+        <v>0.082</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="125">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B125" t="s">
         <v>622</v>
       </c>
       <c r="C125" t="s">
         <v>623</v>
       </c>
       <c r="D125" t="s">
         <v>624</v>
       </c>
       <c r="E125" t="s">
         <v>625</v>
       </c>
       <c r="F125" t="s">
         <v>626</v>
       </c>
       <c r="G125" s="1">
         <v>0.08</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="126">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B126" t="s">
         <v>627</v>
       </c>
       <c r="C126" t="s">
         <v>628</v>
       </c>
       <c r="D126" t="s">
         <v>629</v>
       </c>
       <c r="E126" t="s">
         <v>630</v>
       </c>
       <c r="F126" t="s">
         <v>631</v>
       </c>
       <c r="G126" s="1">
-        <v>0.053</v>
+        <v>0.068</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="127">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B127" t="s">
         <v>632</v>
       </c>
       <c r="C127" t="s">
         <v>633</v>
       </c>
       <c r="D127" t="s">
         <v>634</v>
       </c>
       <c r="E127" t="s">
         <v>635</v>
       </c>
       <c r="F127" t="s">
         <v>636</v>
       </c>
       <c r="G127" s="1">
-        <v>0.048</v>
+        <v>0.057</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="128">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B128" t="s">
         <v>637</v>
       </c>
       <c r="C128" t="s">
         <v>638</v>
       </c>
       <c r="D128" t="s">
         <v>639</v>
       </c>
       <c r="E128" t="s">
         <v>640</v>
       </c>
       <c r="F128" t="s">
         <v>641</v>
       </c>
       <c r="G128" s="1">
-        <v>0.045</v>
+        <v>0.049</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="129">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B129" t="s">
         <v>642</v>
       </c>
       <c r="C129" t="s">
         <v>643</v>
       </c>
       <c r="D129" t="s">
         <v>644</v>
       </c>
       <c r="E129" t="s">
         <v>645</v>
       </c>
       <c r="F129" t="s">
         <v>646</v>
       </c>
       <c r="G129" s="1">
-        <v>0.035</v>
+        <v>0.033</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="130">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B130" t="s">
         <v>647</v>
       </c>
       <c r="C130" t="s">
         <v>648</v>
       </c>
       <c r="D130" t="s">
         <v>649</v>
       </c>
       <c r="E130" t="s">
         <v>650</v>
       </c>
       <c r="F130" t="s">
         <v>651</v>
       </c>
       <c r="G130" s="1">
-        <v>0.033</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="131">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B131" t="s">
         <v>652</v>
       </c>
       <c r="C131" t="s">
         <v>653</v>
       </c>
       <c r="D131" t="s">
         <v>654</v>
       </c>
       <c r="E131" t="s">
         <v>655</v>
       </c>
       <c r="F131" t="s">
         <v>656</v>
       </c>
       <c r="G131" s="1">
         <v>0.024</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="132">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B132" t="s">
         <v>657</v>
       </c>
       <c r="C132" t="s">
         <v>658</v>
       </c>
       <c r="D132" t="s">
         <v>659</v>
       </c>
       <c r="E132" t="s">
         <v>660</v>
       </c>
       <c r="F132" t="s">
         <v>661</v>
       </c>
       <c r="G132" s="1">
-        <v>0.019</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="133">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B133" t="s">
         <v>662</v>
       </c>
       <c r="C133" t="s">
         <v>663</v>
       </c>
       <c r="D133" t="s">
         <v>664</v>
       </c>
       <c r="E133" t="s">
         <v>665</v>
       </c>
       <c r="F133" t="s">
         <v>666</v>
       </c>
       <c r="G133" s="1">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 